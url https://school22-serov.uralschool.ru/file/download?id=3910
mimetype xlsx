--- v0 (2026-02-04)
+++ v1 (2026-03-26)
@@ -1,42 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Default Extension="sigs" ContentType="application/vnd.openxmlformats-package.digital-signature-origin"/>
+  <Override PartName="/_xmlsignatures/sig1.xml" ContentType="application/vnd.openxmlformats-package.digital-signature-xmlsignature+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/digital-signature/origin" Target="_xmlsignatures/origin.sigs"/></Relationships>
+
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="11400" windowHeight="5895"/>
   </bookViews>
   <sheets>
     <sheet name="TDSheet" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" refMode="R1C1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="35">
   <si>
     <t>Школа</t>
   </si>
   <si>
     <t>Отд./корп</t>
   </si>
   <si>
@@ -1062,50 +1065,184 @@
         <v>2.52</v>
       </c>
       <c r="I15" s="9">
         <v>3.24</v>
       </c>
       <c r="J15" s="9">
         <v>30.11</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.45" customHeight="1">
       <c r="E16" s="12"/>
       <c r="G16" s="13"/>
       <c r="H16" s="13"/>
       <c r="I16" s="13"/>
       <c r="J16" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="E2:J2"/>
   </mergeCells>
   <pageMargins left="0.75" right="1" top="0.75" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
+<file path=_xmlsignatures/_rels/origin.sigs.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/digital-signature/signature" Target="sig1.xml"/></Relationships>
+</file>
+
+<file path=_xmlsignatures/sig1.xml><?xml version="1.0" encoding="utf-8"?>
+<Signature xmlns="http://www.w3.org/2000/09/xmldsig#" Id="idPackageSignature">
+  <SignedInfo>
+    <CanonicalizationMethod Algorithm="http://www.w3.org/TR/2001/REC-xml-c14n-20010315"/>
+    <SignatureMethod Algorithm="http://www.w3.org/2000/09/xmldsig#rsa-sha1"/>
+    <Reference Type="http://www.w3.org/2000/09/xmldsig#Object" URI="#idPackageObject">
+      <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+      <DigestValue>MzKPCF2eLHtZVbZZIWNI0+yy99o=</DigestValue>
+    </Reference>
+    <Reference Type="http://www.w3.org/2000/09/xmldsig#Object" URI="#idOfficeObject">
+      <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+      <DigestValue>qHaQ7908NIwzGU7HYBA+z0wQ+Vo=</DigestValue>
+    </Reference>
+  </SignedInfo>
+  <SignatureValue>ynZWqwAsB1VJT2fSZRGXWodqhiVO6C81LYuSfoq43/2MOZNDCkub181/0pzamvMVOPGbgONfBrCQus4DWXOn/rqSoPNW6fDZJyjXr6r5B0I6gGFJ1NvvkplGA9ts4VXqv8M6lu8983o9GIK0U+NdFCC37e79RbnLtmjvWMX4a6o62WOBeHY/zIVkBwMkd7i0VEsXP/oSTA5tvfbDYNVHZtwzcsLpfTph8ot0TrgUz+v9Do0BGm2sbmwEqaE2gMZqG65bQkiXMmsmkZIOMDpMhkqQSXf60QEbj90JCdyiqwKu1+y/YNFRQaeAdsHkomnVV9+DVBzyICCQSxT8GHY3Sx2DhcNoxU6FFgXv9DCuUndrQ0HxAeghnXOx1WC9aeKW6jExPAqCqOsK9vtj2nyleSaQNs/VV16ZrkgRqo/oFe4uVdhBy2keASKD03v8t7nAzFLg5NIhHNY6ZA7YooAcKXNgeXScy8xnhZfxqYBp/PItQAvDi4dhVH3QEa9BqLD+Zq488HNl9dN/Zku91v/QCZ5xAfBcHiqrZg0/0Lj/EONxJjdEWbWsm8fJiiebP6n/gG2uWMEjmyT9HqKztVbPyFDzc/RaeCYFijrK6Ab1zAfIIUuEg9lJZhfVP96i8JcdjDc/FYpQjfWzPLNXGVgYoPG9n12/nFkm2G6W6I4OZ5w=</SignatureValue>
+  <KeyInfo>
+    <X509Data>
+      <X509Certificate>MIIFhDCCA2wCFHUWsOAtT/u5Yry9LqywglpP9attMA0GCSqGSIb3DQEBCwUAMIGQ
+MS4wLAYDVQQDDCXRgdCw0LnRgtGL0L7QsdGA0LDQt9C+0LLQsNC90LjRji7RgNGE
+MS4wLAYDVQQKDCXRgdCw0LnRgtGL0L7QsdGA0LDQt9C+0LLQsNC90LjRji7RgNGE
+MSEwHwYDVQQHDBjQldC60LDRgtC10YDQuNC90LHRg9GA0LMxCzAJBgNVBAYTAlJV
+MB4XDTI1MDIxODA5MTEwNFoXDTI2MDIxODA5MTEwNFowbDE9MDsGA1UEAww00KjQ
+uNGA0L7QutC40YUg0KLQsNGC0YzRj9C90LAg0JPQtdC90L3QsNC00YzQtdCy0L3Q
+sDEeMBwGA1UECgwV0JzQkNCe0KMg0KHQntCoIOKEljIyMQswCQYDVQQGEwJSVTCC
+AiIwDQYJKoZIhvcNAQEBBQADggIPADCCAgoCggIBAOUgeo1j3r81HES5MgA1sSyg
+k3Szu4fh1ARRF+uuRWeXbpUOv0s/khZCo3R0nk8uaVyBWD7mpeEUZgBo4ukFMTIB
+7k/DtQ6K7pvdTFfrS5qnV1lJIR3GyQA0ajNRRQRBB9FM4QeWbMnOeXIJ7MW/oBlN
+FAgwX97weJ4dJl0RXj/cTHihX7zayesXJ6CEZDD4lJNmI1/5GYZbGX4OktOSpjor
+QLhW1t3c2xOMQfQHDI0JkUfdxn+SYa8vqo9QKCCXtisvLQ8jL8O8qGqwjosPN25a
++1ZYndM42GAY7Vs4L5kQqVB0G/N6PXkkIuPqaXA6TBr1YU1mfksT+NQ6vPdTnb59
+Di3Z+Rn+QBkztgXO3OVauQozOa8l+7ds3y90/c/cQ5hurDw9fod+pq4mbgu6uQL/
+rv3A7uRg41+8U1XiLLv9rJJF6t2JDkl4rSQp7+e2slGihf3FFIARtNuDdmLgBhq5
+XPWSA8zNLWt4LLKHY1fxG5/bQnfCWKK7yLXRIV3uuRfZj2hI9nOglxwNpwkhpPvR
+dWGW8KIwbFWHYIaXZ13sQfvoX0NkdibZSTEtpZd1pP7u5IIx+u6T97oNoRfTEmpS
+ztWZaHcIAQ+p/LK2YVrYnaFxFyuFN/TrWXM2eeohKSMmkS8sscKq2RyHvXqm7aqh
+WMF/QsTQM25kC/Z1jbOhAgMBAAEwDQYJKoZIhvcNAQELBQADggIBAG7mDCJdicLN
+ZOsK/SHQGj0YWfSBtX/s73grV3qbRwoQ9sbpuHWFZ9gGmHGHU8AF5R1jGS/eOyZ4
+dq5Sdh4+BNVKHdCnH/+uLpzwcZ0tIQ6/faP5dAg34t4xZb16Y6Urfkj7YS+3PNXO
+5n6BYdT0ANDCDe/KF+NEOuY8OnmD0XtIrTvNPhX+ccGsbnWlu76qQKz77L59jDL8
+bcyIMND+2iGLuqO4YnRVegraN9lAouE8OlD7vBc4BPLpfwx17wMon2Wk4nzQxg8W
+2BRmZhSkVKLMrbJ/tCsOKngQpH4XYVx1+P1F8zDk3qmsWFQdRggWZUVUgES//b8b
+i4+aIUplSQXacxA/Ild6M/CcbnNz84EmUYmO+LfbwOwmGSp5XCJ62Xbn4s6a+dEW
+iSC+urOosMXhMv/v3ArO6sBDenZ+C+lxSli0/J4VpUaAWVgxwSEvR+M+pDBPS0GV
+xJ3ny1UDYjIPqXidF1k+7yUokUhC+KtUyzFQsQ6fQE2r3nvuTSck1tCWX8ikV0S+
+5OIao32wXuDwn1sZkzmwXlBX3oV+6DIMCoyAaUc9gjWQa520xDKkcJUr+3fKrZYo
+tYr5SXvc7feLQBAcVH3Og3HAyqrjErJkNN2CbPWDK3o3DrZIi6af47+mMCZ8ElUz
+zX3NKntWnxFhbXw4oHehNUPQwmTYXHW4</X509Certificate>
+    </X509Data>
+  </KeyInfo>
+  <Object xmlns:mdssi="http://schemas.openxmlformats.org/package/2006/digital-signature" Id="idPackageObject">
+    <Manifest>
+      <Reference URI="/_rels/.rels?ContentType=application/vnd.openxmlformats-package.relationships+xml">
+        <Transforms>
+          <Transform Algorithm="http://schemas.openxmlformats.org/package/2006/RelationshipTransform">
+            <mdssi:RelationshipReference SourceId="rId1"/>
+          </Transform>
+          <Transform Algorithm="http://www.w3.org/TR/2001/REC-xml-c14n-20010315"/>
+        </Transforms>
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>+nAd0bim5u961Z6hkrztwiSj8HA=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/_rels/workbook.xml.rels?ContentType=application/vnd.openxmlformats-package.relationships+xml">
+        <Transforms>
+          <Transform Algorithm="http://schemas.openxmlformats.org/package/2006/RelationshipTransform">
+            <mdssi:RelationshipReference SourceId="rId3"/>
+            <mdssi:RelationshipReference SourceId="rId2"/>
+            <mdssi:RelationshipReference SourceId="rId1"/>
+            <mdssi:RelationshipReference SourceId="rId4"/>
+          </Transform>
+          <Transform Algorithm="http://www.w3.org/TR/2001/REC-xml-c14n-20010315"/>
+        </Transforms>
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>/MRSwmP7vyqsV2Y2PZQJiI7T9Uc=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/sharedStrings.xml?ContentType=application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml">
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>G/INcuNtSur6MKIeyi6EA9D7Wtg=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/styles.xml?ContentType=application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml">
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>5VdVzfHAS5oJhZp43aFHQbrftgM=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/theme/theme1.xml?ContentType=application/vnd.openxmlformats-officedocument.theme+xml">
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>VdWDcGSSpxaVBhQ1dK/ly39pen8=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/workbook.xml?ContentType=application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml">
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>M1Ntu7lck5X3V0eErMD/tIsO8Tc=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/worksheets/sheet1.xml?ContentType=application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml">
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>j3AfTMxjK5xoDyeLwhzbee2CYZo=</DigestValue>
+      </Reference>
+    </Manifest>
+    <SignatureProperties>
+      <SignatureProperty Id="idSignatureTime" Target="#idPackageSignature">
+        <mdssi:SignatureTime>
+          <mdssi:Format>YYYY-MM-DDThh:mm:ssTZD</mdssi:Format>
+          <mdssi:Value>2026-02-05T10:36:44Z</mdssi:Value>
+        </mdssi:SignatureTime>
+      </SignatureProperty>
+    </SignatureProperties>
+  </Object>
+  <Object Id="idOfficeObject">
+    <SignatureProperties>
+      <SignatureProperty Id="idOfficeV1Details" Target="#idPackageSignature">
+        <SignatureInfoV1 xmlns="http://schemas.microsoft.com/office/2006/digsig">
+          <SetupID/>
+          <SignatureText/>
+          <SignatureImage/>
+          <SignatureComments>Защита подлинности документа</SignatureComments>
+          <WindowsVersion>5.1</WindowsVersion>
+          <OfficeVersion>12.0</OfficeVersion>
+          <ApplicationVersion>12.0</ApplicationVersion>
+          <Monitors>1</Monitors>
+          <HorizontalResolution>1680</HorizontalResolution>
+          <VerticalResolution>1050</VerticalResolution>
+          <ColorDepth>32</ColorDepth>
+          <SignatureProviderId>{00000000-0000-0000-0000-000000000000}</SignatureProviderId>
+          <SignatureProviderUrl/>
+          <SignatureProviderDetails>9</SignatureProviderDetails>
+          <ManifestHashAlgorithm>http://www.w3.org/2000/09/xmldsig#sha1</ManifestHashAlgorithm>
+          <SignatureType>1</SignatureType>
+        </SignatureInfoV1>
+      </SignatureProperty>
+    </SignatureProperties>
+  </Object>
+</Signature>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>TDSheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>